--- v0 (2025-10-29)
+++ v1 (2026-03-16)
@@ -1,157 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4228D2BC" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="00E616C3">
+    <w:p w14:paraId="22447BC8" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="00E616C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="33294546" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="00B134CE" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
+    </w:p>
+    <w:p w14:paraId="384D5EA8" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="005F7B1D" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
+          <w:color w:val="BC0403"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B134CE">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7B1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
+          <w:color w:val="BC0403"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Gesuch für die Teilnahme am Wochenmarkt in Solothurn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51535323" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
+    <w:p w14:paraId="0B351E73" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A95536" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
+    <w:p w14:paraId="0FDDE19F" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gesuchsteller:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F36B6E1" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
-[...12 lines deleted...]
-    <w:p w14:paraId="2112D3C5" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
+    <w:p w14:paraId="4E253AF2" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="055339DF" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Name, Vorname: </w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -171,51 +169,51 @@
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0091010C" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A52F41F" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
+    <w:p w14:paraId="64DFDF53" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Adresse: </w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -235,51 +233,51 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1025718976"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1082065158"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0091010C" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0B6C3503" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
+    <w:p w14:paraId="7B875FA5" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PLZ/Ort: </w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -299,51 +297,51 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1657149804"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1082065158"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0091010C" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="513A6F35" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
+    <w:p w14:paraId="136D3DBF" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Telefon: </w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -363,51 +361,51 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="751856585"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1082065158"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0091010C" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="49C92A28" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
+    <w:p w14:paraId="60E68527" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E-Mail:</w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -427,134 +425,134 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1725016096"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1082065158"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0091010C" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="45631B92" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="00E616C3">
-[...25 lines deleted...]
-    <w:p w14:paraId="676402B6" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
+    <w:p w14:paraId="068F0EED" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="00E616C3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="393C40D6" w14:textId="77777777" w:rsidR="00A522B5" w:rsidRPr="0091010C" w:rsidRDefault="00A522B5" w:rsidP="00E616C3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5790280F" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Teilnahme am </w:t>
       </w:r>
       <w:r w:rsidR="0040248F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wochenm</w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>arkt vom</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C8FAB4" w14:textId="77777777" w:rsidR="002F6981" w:rsidRDefault="002F6981" w:rsidP="002F6981">
+    <w:p w14:paraId="505DAAE1" w14:textId="77777777" w:rsidR="002F6981" w:rsidRDefault="002F6981" w:rsidP="002F6981">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73468528" w14:textId="77777777" w:rsidR="00AC1590" w:rsidRPr="0091010C" w:rsidRDefault="00CD63FB" w:rsidP="002F6981">
+    <w:p w14:paraId="34715501" w14:textId="77777777" w:rsidR="00AC1590" w:rsidRPr="0091010C" w:rsidRDefault="005F7B1D" w:rsidP="002F6981">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1156726614"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -603,51 +601,51 @@
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1581822538"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1082065158"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F306A" w:rsidRPr="001F306A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="736F5175" w14:textId="77777777" w:rsidR="00AC1590" w:rsidRPr="0091010C" w:rsidRDefault="00CD63FB" w:rsidP="00AC1590">
+    <w:p w14:paraId="7AD6C3FA" w14:textId="77777777" w:rsidR="00AC1590" w:rsidRPr="0091010C" w:rsidRDefault="005F7B1D" w:rsidP="00AC1590">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1335523936"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -686,64 +684,64 @@
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1809520926"/>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001F306A" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1094E513" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="0091010C" w:rsidRDefault="00B134CE" w:rsidP="00AC1590">
+    <w:p w14:paraId="1C294C01" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="0091010C" w:rsidRDefault="00B134CE" w:rsidP="00AC1590">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B24CF36" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="0091010C">
+    <w:p w14:paraId="77557157" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bemerkungen:</w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -763,122 +761,122 @@
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B134CE" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC1590" w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2E2522" w14:textId="77777777" w:rsidR="00AC1590" w:rsidRPr="0091010C" w:rsidRDefault="00AC1590" w:rsidP="00AC1590">
+    <w:p w14:paraId="23EA128A" w14:textId="77777777" w:rsidR="00AC1590" w:rsidRPr="0091010C" w:rsidRDefault="00AC1590" w:rsidP="00AC1590">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="8789"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B534D04" w14:textId="77777777" w:rsidR="00A522B5" w:rsidRPr="0091010C" w:rsidRDefault="00A522B5" w:rsidP="00AC1590">
+    <w:p w14:paraId="65D5FC64" w14:textId="77777777" w:rsidR="00A522B5" w:rsidRPr="0091010C" w:rsidRDefault="00A522B5" w:rsidP="00AC1590">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="8789"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65BE46C0" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
+    <w:p w14:paraId="5D407460" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRDefault="00E616C3" w:rsidP="00E616C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Standplatz/Platzbedarf:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FAD2BB6" w14:textId="77777777" w:rsidR="0091010C" w:rsidRPr="0091010C" w:rsidRDefault="0091010C" w:rsidP="00E616C3">
+    <w:p w14:paraId="0CBD5DDF" w14:textId="77777777" w:rsidR="0091010C" w:rsidRPr="0091010C" w:rsidRDefault="0091010C" w:rsidP="00E616C3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4172B78A" w14:textId="77777777" w:rsidR="0091010C" w:rsidRPr="0091010C" w:rsidRDefault="00CD63FB" w:rsidP="0091010C">
+    <w:p w14:paraId="57C6E311" w14:textId="77777777" w:rsidR="0091010C" w:rsidRPr="0091010C" w:rsidRDefault="005F7B1D" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-127390429"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -899,51 +897,51 @@
       <w:r w:rsidR="00FC0653" w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eigener Stand</w:t>
       </w:r>
       <w:r w:rsidR="00FC0653" w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F7FB7A" w14:textId="77777777" w:rsidR="0091010C" w:rsidRPr="0091010C" w:rsidRDefault="0091010C" w:rsidP="0091010C">
+    <w:p w14:paraId="0401DFB7" w14:textId="77777777" w:rsidR="0091010C" w:rsidRPr="0091010C" w:rsidRDefault="0091010C" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Länge:</w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -971,51 +969,51 @@
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E616C3" w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> m </w:t>
       </w:r>
       <w:r w:rsidR="00FC0653" w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C776911" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="0091010C" w:rsidP="0091010C">
+    <w:p w14:paraId="56F02F78" w14:textId="77777777" w:rsidR="00E616C3" w:rsidRPr="0091010C" w:rsidRDefault="0091010C" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tiefe:</w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1043,64 +1041,64 @@
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E616C3" w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C065A4F" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="0091010C">
+    <w:p w14:paraId="5759ED14" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AC37E2F" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="0091010C">
+    <w:p w14:paraId="2FE8F3FB" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0091010C" w:rsidRDefault="00FC0653" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bemerkungen:</w:t>
       </w:r>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1120,64 +1118,64 @@
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B134CE" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CCCA16" w14:textId="77777777" w:rsidR="00A522B5" w:rsidRPr="0091010C" w:rsidRDefault="00A522B5" w:rsidP="0091010C">
-[...12 lines deleted...]
-    <w:p w14:paraId="23716EF5" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
+    <w:p w14:paraId="16E4A440" w14:textId="77777777" w:rsidR="00A522B5" w:rsidRPr="0091010C" w:rsidRDefault="00A522B5" w:rsidP="0091010C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C7DEA57" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00E616C3" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Detaillierte Verkaufsartikel:</w:t>
       </w:r>
       <w:r w:rsidR="0091010C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1192,223 +1190,189 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-505278245"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_1082065158"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B134CE" w:rsidRPr="00B134CE">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="51BA72FC" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="0091010C">
+    <w:p w14:paraId="6593E332" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="0091010C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78DA2069" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
+    <w:p w14:paraId="757FDBF6" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="8789"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="631A4771" w14:textId="77777777" w:rsidR="0040248F" w:rsidRDefault="0040248F" w:rsidP="00B134CE">
+    <w:p w14:paraId="452674A9" w14:textId="77777777" w:rsidR="0040248F" w:rsidRDefault="0040248F" w:rsidP="00B134CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="8789"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02339817" w14:textId="77777777" w:rsidR="0040248F" w:rsidRDefault="0040248F" w:rsidP="00B134CE">
+    <w:p w14:paraId="5B8DAA64" w14:textId="77777777" w:rsidR="0040248F" w:rsidRDefault="0040248F" w:rsidP="00B134CE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="right" w:leader="underscore" w:pos="8789"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="105E5C43" w14:textId="77777777" w:rsidR="0040248F" w:rsidRDefault="0040248F" w:rsidP="00B134CE">
-[...33 lines deleted...]
-    <w:p w14:paraId="7A56E168" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="007D7A69" w:rsidRDefault="00CD63FB" w:rsidP="00B134CE">
+    <w:p w14:paraId="64CE9BB0" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="007D7A69" w:rsidRDefault="005F7B1D" w:rsidP="00B134CE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1795208480"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B134CE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B134CE" w:rsidRPr="007D7A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ich habe die nachfolgenden Bestimmungen gelesen und zur Kenntnis genommen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72125CCC" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
-[...23 lines deleted...]
-    <w:p w14:paraId="318DB03A" w14:textId="2FE66E94" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
+    <w:p w14:paraId="65379536" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20643680" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00DA7BDD" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F8B85F8" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA7BDD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Formular ausgefüllt per E-Mail an </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00DA7BDD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
@@ -1420,1357 +1384,1076 @@
       <w:r w:rsidRPr="00DA7BDD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> oder per Post </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA7BDD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> untenstehende Adresse senden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23AE78BD" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE">
+    <w:p w14:paraId="669F6125" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775AB210" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
+    <w:p w14:paraId="0B5EB16B" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00B134CE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D6E13FC" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="007D7A69" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="4AC91BB4" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="005F7B1D" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="BC0403"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007D7A69">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7B1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="BC0403"/>
           <w:sz w:val="28"/>
-          <w:u w:val="single"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="5EA2004B" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+        </w:rPr>
+        <w:t>Allgemeine Informationen (mit Auszügen aus dem Marktreglement)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2038AD52" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="395DEFF7" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gesuche für die Teilnahme an den Gemüsemärkten sind rechtzeitig schriftlich</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F2264D" w14:textId="77777777" w:rsidR="00E00570" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="63CBB404" w14:textId="77777777" w:rsidR="0060196B" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>einzureichen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB3FE69" w14:textId="77777777" w:rsidR="00E00570" w:rsidRDefault="00E00570" w:rsidP="00D937D3">
+    <w:p w14:paraId="18C5DCC4" w14:textId="77777777" w:rsidR="0060196B" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6733E2F3" w14:textId="77777777" w:rsidR="00E00570" w:rsidRPr="00E00570" w:rsidRDefault="00E00570" w:rsidP="00D937D3">
+    <w:p w14:paraId="79B30079" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00E00570" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00570">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Wer sich per E-Mail anmeldet, nimmt zur Kenntnis, dass die gesamte nachfolgende Korrespondenz per E-Mail abgewickelt wird. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C967831" w14:textId="77777777" w:rsidR="00E00570" w:rsidRPr="00B134CE" w:rsidRDefault="00E00570" w:rsidP="00D937D3">
+    <w:p w14:paraId="632627C7" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="438DC991" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="49D0E704" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Gemüsemärkte finden in der Zeit von 07</w:t>
       </w:r>
-      <w:r w:rsidR="00B365A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00 bis 13</w:t>
       </w:r>
-      <w:r w:rsidR="00B365A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00 Uhr statt. Unmittelbar danach ist der Standplatz zu räumen und beladene Fahrzeuge / Anhänger ausserhalb des Marktgebietes zu parkieren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="317A8A61" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="6E3B699B" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="451B88C0" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="784F4163" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>An den Gemüsemärkten werden keine Marktstände zur Verfügung gestellt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C59FB9A" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="138C6A54" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33161238" w14:textId="77777777" w:rsidR="00497A89" w:rsidRPr="00D57AD7" w:rsidRDefault="00497A89" w:rsidP="00D937D3">
+    <w:p w14:paraId="0CD7D9A2" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00D57AD7" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D57AD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Für alle Fahrzeuge (Personen-/Lieferwagen), die nicht ausschliesslich als Verkaufsstand dienen, ist für Fr. </w:t>
       </w:r>
-      <w:r w:rsidR="00A41C8A">
+      <w:r w:rsidR="009C3FA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00D57AD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A41C8A">
+      <w:r w:rsidR="009C3FA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D57AD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0 eine Parkkarte zu lösen. Das Fahrzeug ist ausserhalb des Marktbereiches auf den entsprechenden Parkplätzen zu parkieren. Widerhandlungen werden nach dem Ordnungsbussengesetz geahndet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C5CEEC" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="4FC4C968" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FA0391B" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="4B6F8567" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Standgebühr an den Gemüsemärkten beträgt Fr. 5.00 pro Laufmeter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70BBA6EF" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="105DAC78" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A000ED7" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="74AE2838" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Für Marktfahrer mit festem Standplatz besteht die Möglichkeit, ein Abonnement zu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F463D3A" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="5849E820" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lösen, um die Marktgebühr pro Saison im Voraus zu bezahlen. </w:t>
       </w:r>
-      <w:r w:rsidR="00497A89">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bitte im Gesuch entsprechend erwähnen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A79BDB" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="265AF02A" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D130CD5" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00E00570" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="09BC3B40" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00E00570" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00570">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sommersaison 1. April bis 31. Oktober Fr. 200.00 / Laufmeter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE00CEA" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00E00570" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="1539BE60" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00E00570" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E00570">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wintersaison 1. November bis 31. März Fr. 125.00 / Laufmeter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645C3610" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="63491E39" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4092E179" w14:textId="77777777" w:rsidR="00D937D3" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="07195723" w14:textId="77777777" w:rsidR="0060196B" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wir bitten Sie, diese Infos zur Kenntnis zu ne</w:t>
       </w:r>
-      <w:r w:rsidR="00D937D3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hmen und zu befolgen, damit die</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE0BABE" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="723098CD" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00B134CE" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B134CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gemüsemärkte in Solothurn weiterhin reibungslos durchgeführt werden können.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1168F86C" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="4D62EE6D" w14:textId="77777777" w:rsidR="0060196B" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="030F0235" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="6761B279" w14:textId="77777777" w:rsidR="0060196B" w:rsidRDefault="0060196B" w:rsidP="0060196B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A08B4DC" w14:textId="77777777" w:rsidR="0060196B" w:rsidRDefault="0060196B" w:rsidP="0060196B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B0F1ACA" w14:textId="77777777" w:rsidR="00202A7F" w:rsidRPr="00B134CE" w:rsidRDefault="00202A7F" w:rsidP="0060196B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D837A11" w14:textId="77777777" w:rsidR="0060196B" w:rsidRPr="00E00570" w:rsidRDefault="0060196B" w:rsidP="0060196B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71D45CDB" w14:textId="77777777" w:rsidR="00C63457" w:rsidRPr="00E00570" w:rsidRDefault="00C63457" w:rsidP="00D937D3">
-[...249 lines deleted...]
-    <w:p w14:paraId="1245509D" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
+    <w:p w14:paraId="19CCA1CB" w14:textId="77777777" w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidRDefault="00B134CE" w:rsidP="00D937D3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidSect="00B365A3">
+    <w:sectPr w:rsidR="00B134CE" w:rsidRPr="00B134CE" w:rsidSect="0046610F">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1274" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1985" w:right="1274" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="349ED86D" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
+    <w:p w14:paraId="03B50BE9" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="073D6CBC" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
+    <w:p w14:paraId="554A1218" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AvantGarde-Demi">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002AF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="60955206" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="0092672C" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3476AA51" w14:textId="5553413E" w:rsidR="000C2F0A" w:rsidRPr="000C2F0A" w:rsidRDefault="000C2F0A" w:rsidP="000C2F0A">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
-      <w:tabs>
-[...4 lines deleted...]
-      <w:spacing w:line="240" w:lineRule="exact"/>
       <w:rPr>
-        <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...2 lines deleted...]
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000C2F0A">
       <w:rPr>
-        <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="000C2F0A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> USERADDRESS   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="000C2F0A">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00DE51A4">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
-        <w:spacing w:val="10"/>
-        <w:sz w:val="20"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>P</w:t>
+      <w:t>Markt</w:t>
     </w:r>
-    <w:r w:rsidRPr="0092672C">
+    <w:r w:rsidRPr="000C2F0A">
       <w:rPr>
-        <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
-        <w:spacing w:val="10"/>
-        <w:sz w:val="20"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>olizei</w:t>
-[...26 lines deleted...]
-      <w:t xml:space="preserve"> Solothurn</w:t>
+      <w:t xml:space="preserve"> | Stadtpolizei</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5B789961" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRPr="003F35AF" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
+  <w:p w14:paraId="674CEA88" w14:textId="0D4ADEE4" w:rsidR="000C2F0A" w:rsidRPr="000C2F0A" w:rsidRDefault="000C2F0A">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000C2F0A">
       <w:rPr>
-        <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Werkhofstr.</w:t>
+      <w:t>Werkhofstrasse 52, 4502 Solothurn, 032 626 99 11</w:t>
     </w:r>
-    <w:r w:rsidRPr="0092672C">
+    <w:r w:rsidR="00F51158">
       <w:rPr>
-        <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 52 </w:t>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidRPr="0092672C">
+    <w:r w:rsidRPr="000C2F0A">
       <w:rPr>
-        <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-[...1 lines deleted...]
-        <w:vertAlign w:val="superscript"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:t>stapo@solothurn.ch, stadt-solothurn.ch</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000C2F0A">
       <w:rPr>
-        <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Postfach 460 </w:t>
-[...79 lines deleted...]
-      <w:t>.ch</w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F470AE7" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
+    <w:p w14:paraId="54B89EAE" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68B1D8E7" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
+    <w:p w14:paraId="72964FEB" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653" w:rsidP="00FC0653">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="26B7253B" w14:textId="77777777" w:rsidR="00FC0653" w:rsidRDefault="00FC0653">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="252A69A8" w14:textId="396A32F8" w:rsidR="000C2F0A" w:rsidRDefault="000C2F0A">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D970F43" wp14:editId="5731766C">
-[...2 lines deleted...]
-          <wp:docPr id="2" name="Grafik 2"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A322325" wp14:editId="3121C0D6">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-87630</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2800800" cy="415114"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1325417051" name="Grafik 2" descr="Ein Bild, das Grafiken, Schrift, Design, Typografie enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="PDF Logo Deluxe Version 2.0 improved .jpg"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="1467869376" name="Grafik 2" descr="Ein Bild, das Grafiken, Schrift, Design, Typografie enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect l="10200" t="30740" r="10167" b="31875"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2911307" cy="581025"/>
+                    <a:ext cx="2800800" cy="415114"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="142C0CF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C16A2D8"/>
     <w:lvl w:ilvl="0" w:tplc="4DE82672">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cs="AvantGarde-Demi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3100,884 +2783,179 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1035421183">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="985281732">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="899051258">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="558057049">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E616C3"/>
+    <w:rsid w:val="000C2F0A"/>
     <w:rsid w:val="001F306A"/>
+    <w:rsid w:val="00202A7F"/>
     <w:rsid w:val="002F6981"/>
+    <w:rsid w:val="00395EC5"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003C13DB"/>
     <w:rsid w:val="0040248F"/>
+    <w:rsid w:val="0046610F"/>
+    <w:rsid w:val="00471CC5"/>
     <w:rsid w:val="00497A89"/>
+    <w:rsid w:val="00536E59"/>
+    <w:rsid w:val="005F7B1D"/>
+    <w:rsid w:val="0060196B"/>
     <w:rsid w:val="0066473D"/>
-    <w:rsid w:val="0077426E"/>
+    <w:rsid w:val="00711049"/>
     <w:rsid w:val="0081162B"/>
     <w:rsid w:val="00827C5C"/>
     <w:rsid w:val="0091010C"/>
-    <w:rsid w:val="00A41C8A"/>
+    <w:rsid w:val="009C3FA6"/>
+    <w:rsid w:val="00A1600B"/>
     <w:rsid w:val="00A522B5"/>
     <w:rsid w:val="00AC1590"/>
     <w:rsid w:val="00B134CE"/>
     <w:rsid w:val="00B365A3"/>
+    <w:rsid w:val="00BE0E8B"/>
+    <w:rsid w:val="00BE2F9A"/>
     <w:rsid w:val="00C63457"/>
     <w:rsid w:val="00C84A30"/>
-    <w:rsid w:val="00CA6C33"/>
-    <w:rsid w:val="00CD63FB"/>
     <w:rsid w:val="00D937D3"/>
+    <w:rsid w:val="00DE51A4"/>
     <w:rsid w:val="00E00570"/>
     <w:rsid w:val="00E616C3"/>
-    <w:rsid w:val="00E75755"/>
     <w:rsid w:val="00EC6982"/>
+    <w:rsid w:val="00ED3DCD"/>
+    <w:rsid w:val="00F2424F"/>
+    <w:rsid w:val="00F51158"/>
     <w:rsid w:val="00FC0653"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4AF37266"/>
+  <w14:docId w14:val="64BE1689"/>
   <w15:docId w15:val="{B4C5CCD9-C970-4BD7-BCFE-ADA6DD5BA14C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...716 lines deleted...]
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4309,109 +3287,817 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6ADAEC864024AB5A775072CA7411308">
-    <w:name w:val="E6ADAEC864024AB5A775072CA7411308"/>
+  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E616C3"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="SprechblasentextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AC1590"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
+    <w:name w:val="Sprechblasentext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Sprechblasentext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC1590"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC0653"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KopfzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC0653"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kopfzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FC0653"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fuzeile">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="FuzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC0653"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Fuzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FC0653"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Platzhaltertext">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0091010C"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:markt@solothurn.ch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_1082065158"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A053D5D9-061F-4103-8F31-2FBA32D3B749}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A151E5" w:rsidRDefault="00A150AE">
+          <w:r w:rsidRPr="00052A3E">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="AvantGarde-Demi">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="0026105C"/>
     <w:rsid w:val="0026105C"/>
+    <w:rsid w:val="00395EC5"/>
+    <w:rsid w:val="00A150AE"/>
+    <w:rsid w:val="00A151E5"/>
+    <w:rsid w:val="00ED3DCD"/>
+    <w:rsid w:val="00F2424F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="de-CH"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71AC1A5B3B414FBCA8A62A07E0DC3253">
-[...1 lines deleted...]
-    <w:rsid w:val="0026105C"/>
+  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A151E5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78FA99AE046B4F14A4AAEBEFF4A49ADA">
-[...2 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -4667,78 +4353,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF11C6C8-E887-4359-B794-0E2B5C559067}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B3BA4EC-C94E-4CD8-9F7C-9EBED9743F9E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>348</Words>
-  <Characters>2197</Characters>
+  <Words>328</Words>
+  <Characters>2072</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>5</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regio Energie Solothurn</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2540</CharactersWithSpaces>
+  <CharactersWithSpaces>2396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lerch Laura</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>